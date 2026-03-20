--- v0 (2025-12-16)
+++ v1 (2026-03-20)
@@ -1,1486 +1,2414 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:body>
+    <w:p w:rsidR="001A485E" w:rsidRDefault="00FC71D0" w:rsidP="00545158">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>令和</w:t>
+      </w:r>
+      <w:r w:rsidR="00232E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　</w:t>
+      </w:r>
+      <w:r w:rsidR="002F0C40">
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>年度</w:t>
+      </w:r>
+      <w:r w:rsidR="00545158" w:rsidRPr="003D15FD">
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>スポーツ教室開催調書</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00545158" w:rsidRDefault="00FC71D0" w:rsidP="00545158">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">令和　</w:t>
+      </w:r>
+      <w:r w:rsidR="00232E6D">
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00545158">
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　年</w:t>
+      </w:r>
+      <w:r w:rsidR="00545158" w:rsidRPr="000455B9">
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00545158">
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidR="00545158" w:rsidRPr="000455B9">
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00545158">
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>日　提出</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9581" w:type="dxa"/>
+        <w:tblInd w:w="31" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="99" w:type="dxa"/>
+          <w:right w:w="99" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="7597"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002F3D24" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00545158" w:rsidRDefault="00545158" w:rsidP="00A94B41">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>教室名（種目）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00545158" w:rsidRDefault="00AF3611" w:rsidP="00AF3611">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">教室　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00B941AA">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A94B41" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A94B41" w:rsidRDefault="00AF3611" w:rsidP="00A94B41">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>期日</w:t>
+            </w:r>
+            <w:r w:rsidR="004F3109">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>・回数</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A94B41" w:rsidRDefault="004F3109" w:rsidP="00B941AA">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>計</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>回</w:t>
+            </w:r>
+            <w:r w:rsidR="00B941AA">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A94B41" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A94B41" w:rsidRDefault="00A94B41" w:rsidP="00A94B41">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">時　　</w:t>
+            </w:r>
+            <w:r w:rsidR="004F3109">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>間</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A94B41" w:rsidRDefault="004F3109" w:rsidP="004F3109">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　午前・午後</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>時</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>分　～　午前・午後</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>時</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>分</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A374C5" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A374C5" w:rsidRDefault="000455B9" w:rsidP="00A374C5">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>会　　　場</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00077579" w:rsidRDefault="00077579" w:rsidP="00A374C5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>開　講　式</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>日　午前・午後</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>時</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>分　会場</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>閉　講　式</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>日　午前・午後</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>時</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>分　会場</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>定　　　員</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>対　象　者</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>受　講　料</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　1人</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>円（主な内訳　　　　　　　　　　　　　　　　）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133EF5">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:spacing w:val="36"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1100" w:id="1382716928"/>
+              </w:rPr>
+              <w:t>申込締</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133EF5">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1100" w:id="1382716928"/>
+              </w:rPr>
+              <w:t>切</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="00133EF5" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　令和</w:t>
+            </w:r>
+            <w:r w:rsidR="000455B9" w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r w:rsidR="000455B9" w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r w:rsidR="000455B9" w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>日　まで</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>申　込　先</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　大船渡市体育センター　☎ 27-1001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>講　　　師</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>服装・携行品等</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>市広報掲載依頼</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000455B9">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>月号（※原稿締切約2ヶ月前）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F86106" w:rsidRDefault="00F86106" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B21C62">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>※掲載記事が多数</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>ある</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B21C62">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>場合、掲載されない場合がございます。予めご了承ください。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000455B9" w:rsidTr="00F86106">
+        <w:trPr>
+          <w:trHeight w:val="2134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>そ　の　他</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:ind w:right="-64"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133EF5">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:spacing w:val="36"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1100" w:id="1382716929"/>
+              </w:rPr>
+              <w:t>連絡事</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133EF5">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:fitText w:val="1100" w:id="1382716929"/>
+              </w:rPr>
+              <w:t>項</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000455B9" w:rsidRDefault="000455B9" w:rsidP="000455B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001918D3" w:rsidRDefault="001918D3" w:rsidP="00545158">
+      <w:pPr>
+        <w:ind w:right="880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9581" w:type="dxa"/>
+        <w:tblInd w:w="31" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="99" w:type="dxa"/>
+          <w:right w:w="99" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="7597"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001918D3" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001918D3" w:rsidRDefault="001918D3" w:rsidP="001918D3">
+            <w:pPr>
+              <w:ind w:right="-68"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>協　会　名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001918D3" w:rsidRDefault="001918D3" w:rsidP="001918D3">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:ind w:right="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>協会</w:t>
+            </w:r>
+            <w:r w:rsidR="00B941AA">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001918D3" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001918D3" w:rsidRDefault="001918D3" w:rsidP="001918D3">
+            <w:pPr>
+              <w:ind w:right="-68"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>担当者氏名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001918D3" w:rsidRDefault="001918D3" w:rsidP="001918D3">
+            <w:pPr>
+              <w:ind w:right="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001918D3" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001918D3" w:rsidRDefault="001918D3" w:rsidP="001918D3">
+            <w:pPr>
+              <w:ind w:right="-68"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>連　絡　先</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001918D3" w:rsidRDefault="001918D3" w:rsidP="001918D3">
+            <w:pPr>
+              <w:ind w:right="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　携帯　　　　　　　　　　　　　/　自宅</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001918D3" w:rsidRPr="004463C1" w:rsidTr="003E446A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001918D3" w:rsidRDefault="001918D3" w:rsidP="001918D3">
+            <w:pPr>
+              <w:ind w:right="-68"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>勤　務　先</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001918D3" w:rsidRDefault="001918D3" w:rsidP="001918D3">
+            <w:pPr>
+              <w:ind w:right="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="004463C1">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>会社名</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　　　　　　　/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B941AA">
+              <w:rPr>
+                <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　電話</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00545158" w:rsidRPr="00545158" w:rsidRDefault="00545158" w:rsidP="00545158">
+      <w:pPr>
+        <w:ind w:right="880"/>
+        <w:rPr>
+          <w:rFonts w:ascii="HG丸ｺﾞｼｯｸM-PRO" w:eastAsia="HG丸ｺﾞｼｯｸM-PRO" w:hAnsi="HG丸ｺﾞｼｯｸM-PRO"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00545158" w:rsidRPr="00545158" w:rsidSect="00545158">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425"/>
+      <w:docGrid w:type="lines" w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...368 lines deleted...]
-</sst>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00F86106" w:rsidRDefault="00F86106" w:rsidP="00F86106">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00F86106" w:rsidRDefault="00F86106" w:rsidP="00F86106">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...953 lines deleted...]
-</styleSheet>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Century">
+    <w:panose1 w:val="02040604050505020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ＭＳ 明朝">
+    <w:altName w:val="MS Mincho"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ＭＳ ゴシック">
+    <w:altName w:val="MS Gothic"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="HG丸ｺﾞｼｯｸM-PRO">
+    <w:panose1 w:val="020F0600000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00F86106" w:rsidRDefault="00F86106" w:rsidP="00F86106">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00F86106" w:rsidRDefault="00F86106" w:rsidP="00F86106">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:defaultTabStop w:val="840"/>
+  <w:drawingGridHorizontalSpacing w:val="105"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6145">
+      <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
+    </o:shapedefaults>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00545158"/>
+    <w:rsid w:val="000455B9"/>
+    <w:rsid w:val="00077579"/>
+    <w:rsid w:val="00133EF5"/>
+    <w:rsid w:val="00187076"/>
+    <w:rsid w:val="001918D3"/>
+    <w:rsid w:val="001A485E"/>
+    <w:rsid w:val="00232E6D"/>
+    <w:rsid w:val="002F0C40"/>
+    <w:rsid w:val="002F3D24"/>
+    <w:rsid w:val="002F4799"/>
+    <w:rsid w:val="003D15FD"/>
+    <w:rsid w:val="003E446A"/>
+    <w:rsid w:val="003E51F6"/>
+    <w:rsid w:val="004463C1"/>
+    <w:rsid w:val="004F3109"/>
+    <w:rsid w:val="00545158"/>
+    <w:rsid w:val="00626F5F"/>
+    <w:rsid w:val="00704194"/>
+    <w:rsid w:val="00A374C5"/>
+    <w:rsid w:val="00A94B41"/>
+    <w:rsid w:val="00AD3608"/>
+    <w:rsid w:val="00AF3611"/>
+    <w:rsid w:val="00B941AA"/>
+    <w:rsid w:val="00DD3718"/>
+    <w:rsid w:val="00F86106"/>
+    <w:rsid w:val="00FC71D0"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6145">
+      <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="7196E1A9"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{0354BCC5-4DE8-46BD-A35B-43FCF4D3221E}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A374C5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="吹き出し (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A374C5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F86106"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="ヘッダー (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F86106"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F86106"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="フッター (文字)"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F86106"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Arial" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Century" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
@@ -1610,982 +2538,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...919 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>70</Words>
+  <Characters>400</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>ワークシート</vt:lpstr>
+        <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>計画書（様式）</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>469</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>ofutaikyou3</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>